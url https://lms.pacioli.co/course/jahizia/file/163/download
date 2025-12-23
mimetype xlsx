--- v0 (2025-10-26)
+++ v1 (2025-12-23)
@@ -1,263 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\qac1\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B6A8589F-4BE8-4CD9-85C1-054F094CF87E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A556B456-13E5-4E9C-B554-B1A288C26690}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" xr2:uid="{259B433F-4F15-44BF-95B6-E04B0AA14F1B}"/>
   </bookViews>
   <sheets>
     <sheet name="ورقة1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <si>
     <t>أسم المستخدم</t>
   </si>
   <si>
     <t>كلمة السر</t>
   </si>
   <si>
-    <t>PA-300000051</t>
-[...134 lines deleted...]
-    <t>FIRD7GNA</t>
+    <t>PA-300000280</t>
+  </si>
+  <si>
+    <t>DYKHNFJK</t>
+  </si>
+  <si>
+    <t>PA-300000281</t>
+  </si>
+  <si>
+    <t>NIG0V336</t>
+  </si>
+  <si>
+    <t>PA-300000282</t>
+  </si>
+  <si>
+    <t>0LEZRJSJ</t>
+  </si>
+  <si>
+    <t>PA-300000283</t>
+  </si>
+  <si>
+    <t>XAYKZUQF</t>
+  </si>
+  <si>
+    <t>PA-300000284</t>
+  </si>
+  <si>
+    <t>B9KM121R</t>
+  </si>
+  <si>
+    <t>PA-300000285</t>
+  </si>
+  <si>
+    <t>8CAMBOER</t>
+  </si>
+  <si>
+    <t>PA-300000286</t>
+  </si>
+  <si>
+    <t>OFOBXEIK</t>
+  </si>
+  <si>
+    <t>PA-300000287</t>
+  </si>
+  <si>
+    <t>JS7PCLFU</t>
+  </si>
+  <si>
+    <t>PA-300000288</t>
+  </si>
+  <si>
+    <t>N3N4VKNQ</t>
+  </si>
+  <si>
+    <t>PA-300000289</t>
+  </si>
+  <si>
+    <t>UP22QCSL</t>
+  </si>
+  <si>
+    <t>PA-300000290</t>
+  </si>
+  <si>
+    <t>GFDIXNOX</t>
+  </si>
+  <si>
+    <t>PA-300000291</t>
+  </si>
+  <si>
+    <t>AOEFHDPK</t>
+  </si>
+  <si>
+    <t>PA-300000292</t>
+  </si>
+  <si>
+    <t>VOC9QJPY</t>
+  </si>
+  <si>
+    <t>PA-300000293</t>
+  </si>
+  <si>
+    <t>G40J1LUW</t>
+  </si>
+  <si>
+    <t>PA-300000294</t>
+  </si>
+  <si>
+    <t>XZP51PPY</t>
+  </si>
+  <si>
+    <t>PA-300000295</t>
+  </si>
+  <si>
+    <t>BOJZBOEA</t>
+  </si>
+  <si>
+    <t>PA-300000296</t>
+  </si>
+  <si>
+    <t>71NBESJD</t>
+  </si>
+  <si>
+    <t>PA-300000297</t>
+  </si>
+  <si>
+    <t>ASVHXBE7</t>
+  </si>
+  <si>
+    <t>PA-300000298</t>
+  </si>
+  <si>
+    <t>E6SJ5QLD</t>
+  </si>
+  <si>
+    <t>PA-300000299</t>
+  </si>
+  <si>
+    <t>IGZNN4Q7</t>
+  </si>
+  <si>
+    <t>PA-300000300</t>
+  </si>
+  <si>
+    <t>YABYVGD3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="1" x14ac:knownFonts="1">
+  <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="178"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="1">
+  <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="عادي" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="نسق Office">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -552,252 +565,236 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{520E74E7-F126-433C-ABA7-9B7C2CE34681}">
-  <dimension ref="A1:B24"/>
+  <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="B27" sqref="B27"/>
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="16.1640625" customWidth="1"/>
-    <col min="2" max="2" width="12.75" customWidth="1"/>
+    <col min="2" max="2" width="16.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A1" t="s">
+    <row r="1" spans="1:2" ht="18.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B1" t="s">
+      <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A2" t="s">
+      <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A3" t="s">
+      <c r="A3" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="B3" t="s">
+      <c r="B3" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A4" t="s">
+      <c r="A4" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B4" t="s">
+      <c r="B4" s="2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A5" t="s">
+      <c r="A5" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="B5" t="s">
+      <c r="B5" s="2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A6" t="s">
+      <c r="A6" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="B6" t="s">
+      <c r="B6" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A7" t="s">
+      <c r="A7" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B7" t="s">
+      <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A8" t="s">
+      <c r="A8" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="B8" t="s">
+      <c r="B8" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A9" t="s">
+      <c r="A9" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="B9" t="s">
+      <c r="B9" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A10" t="s">
+      <c r="A10" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B10" t="s">
+      <c r="B10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A11" t="s">
+      <c r="A11" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="B11" t="s">
+      <c r="B11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A12" t="s">
+      <c r="A12" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="B12" t="s">
+      <c r="B12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A13" t="s">
+      <c r="A13" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="B13" t="s">
+      <c r="B13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A14" t="s">
+      <c r="A14" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B14" t="s">
+      <c r="B14" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A15" t="s">
+      <c r="A15" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="B15" t="s">
+      <c r="B15" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A16" t="s">
+      <c r="A16" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="B16" t="s">
+      <c r="B16" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A17" t="s">
+      <c r="A17" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="B17" t="s">
+      <c r="B17" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A18" t="s">
+      <c r="A18" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B18" t="s">
+      <c r="B18" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A19" t="s">
+      <c r="A19" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B19" t="s">
+      <c r="B19" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A20" t="s">
+      <c r="A20" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="B20" t="s">
+      <c r="B20" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A21" t="s">
+      <c r="A21" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="B21" t="s">
+      <c r="B21" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A22" t="s">
+      <c r="A22" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="B22" t="s">
+      <c r="B22" s="2" t="s">
         <v>43</v>
-      </c>
-[...14 lines deleted...]
-        <v>47</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>أوراق العمل</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ورقة1</vt:lpstr>