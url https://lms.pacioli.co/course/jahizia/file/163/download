--- v1 (2025-12-23)
+++ v2 (2026-02-08)
@@ -1,276 +1,337 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\qac1\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A556B456-13E5-4E9C-B554-B1A288C26690}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5F4EDDDF-5F6D-4223-AE46-8667C66890B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" xr2:uid="{259B433F-4F15-44BF-95B6-E04B0AA14F1B}"/>
+    <workbookView xWindow="6420" yWindow="380" windowWidth="12980" windowHeight="15370" xr2:uid="{259B433F-4F15-44BF-95B6-E04B0AA14F1B}"/>
   </bookViews>
   <sheets>
     <sheet name="ورقة1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
   <si>
     <t>أسم المستخدم</t>
   </si>
   <si>
     <t>كلمة السر</t>
   </si>
   <si>
-    <t>PA-300000280</t>
-[...122 lines deleted...]
-    <t>YABYVGD3</t>
+    <t>PA-300000301</t>
+  </si>
+  <si>
+    <t>2JWSJRA6</t>
+  </si>
+  <si>
+    <t>PA-300000302</t>
+  </si>
+  <si>
+    <t>IDOP43CB</t>
+  </si>
+  <si>
+    <t>PA-300000303</t>
+  </si>
+  <si>
+    <t>YY4JFHXR</t>
+  </si>
+  <si>
+    <t>PA-300000304</t>
+  </si>
+  <si>
+    <t>CY51QGZ8</t>
+  </si>
+  <si>
+    <t>PA-300000305</t>
+  </si>
+  <si>
+    <t>MAZK79XN</t>
+  </si>
+  <si>
+    <t>PA-300000306</t>
+  </si>
+  <si>
+    <t>GBMJ9MVX</t>
+  </si>
+  <si>
+    <t>PA-300000307</t>
+  </si>
+  <si>
+    <t>ULHFMWAD</t>
+  </si>
+  <si>
+    <t>PA-300000308</t>
+  </si>
+  <si>
+    <t>X21CABA7</t>
+  </si>
+  <si>
+    <t>PA-300000309</t>
+  </si>
+  <si>
+    <t>5PU28Q6E</t>
+  </si>
+  <si>
+    <t>PA-300000310</t>
+  </si>
+  <si>
+    <t>CMFEHUKP</t>
+  </si>
+  <si>
+    <t>PA-300000311</t>
+  </si>
+  <si>
+    <t>02DPMZ0N</t>
+  </si>
+  <si>
+    <t>PA-300000312</t>
+  </si>
+  <si>
+    <t>3F8MZXTB</t>
+  </si>
+  <si>
+    <t>PA-300000313</t>
+  </si>
+  <si>
+    <t>8HZ0R9A1</t>
+  </si>
+  <si>
+    <t>PA-300000314</t>
+  </si>
+  <si>
+    <t>P35DSU19</t>
+  </si>
+  <si>
+    <t>PA-300000315</t>
+  </si>
+  <si>
+    <t>JZRGJH8J</t>
+  </si>
+  <si>
+    <t>PA-300000316</t>
+  </si>
+  <si>
+    <t>RNKDDSDL</t>
+  </si>
+  <si>
+    <t>PA-300000317</t>
+  </si>
+  <si>
+    <t>ULO4XSGV</t>
+  </si>
+  <si>
+    <t>PA-300000318</t>
+  </si>
+  <si>
+    <t>ZE73XAY3</t>
+  </si>
+  <si>
+    <t>PA-300000319</t>
+  </si>
+  <si>
+    <t>DGN6AVQV</t>
+  </si>
+  <si>
+    <t>PA-300000320</t>
+  </si>
+  <si>
+    <t>JG31AH01</t>
+  </si>
+  <si>
+    <t>PA-300000321</t>
+  </si>
+  <si>
+    <t>HDURIF40</t>
+  </si>
+  <si>
+    <t>PA-300000322</t>
+  </si>
+  <si>
+    <t>5B98P273</t>
+  </si>
+  <si>
+    <t>PA-300000323</t>
+  </si>
+  <si>
+    <t>BFV3HEM7</t>
+  </si>
+  <si>
+    <t>PA-300000324</t>
+  </si>
+  <si>
+    <t>9OV7YDNA</t>
+  </si>
+  <si>
+    <t>PA-300000325</t>
+  </si>
+  <si>
+    <t>OK5D5SEM</t>
+  </si>
+  <si>
+    <t>PA-300000326</t>
+  </si>
+  <si>
+    <t>TDAFA51L</t>
+  </si>
+  <si>
+    <t>PA-300000327</t>
+  </si>
+  <si>
+    <t>62V8SR39</t>
+  </si>
+  <si>
+    <t>PA-300000328</t>
+  </si>
+  <si>
+    <t>KUMZ7RPS</t>
+  </si>
+  <si>
+    <t>PA-300000329</t>
+  </si>
+  <si>
+    <t>VL6JL5LQ</t>
+  </si>
+  <si>
+    <t>PA-300000330</t>
+  </si>
+  <si>
+    <t>URBCPNJE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="178"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="عادي" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="نسق Office">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -565,54 +626,54 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{520E74E7-F126-433C-ABA7-9B7C2CE34681}">
-  <dimension ref="A1:B22"/>
+  <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="16.1640625" customWidth="1"/>
     <col min="2" max="2" width="16.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="18.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.3">
@@ -751,50 +812,122 @@
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>43</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A23" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A24" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A25" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A26" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A27" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A28" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A29" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A30" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A31" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>أوراق العمل</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ورقة1</vt:lpstr>